--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK4 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="815" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1150" uniqueCount="38">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER AND VALUE OF TRANSACTIONS EXECUTED USING PAYMENT CARDS IN THE REPUBLIC OF CROATIA IN EURO BY ACCEPTING DEVICE - year 2025
 </t>
   </si>
   <si>
     <t>The transactions of money remittance, contractual charge and cash credit are not included.</t>
   </si>
   <si>
     <t>Only data for payment cards issued by Croatian issuers are included.</t>
   </si>
   <si>
     <t>Reporting period</t>
@@ -78,99 +78,102 @@
   <si>
     <t>REVOLVING</t>
   </si>
   <si>
     <t>CHARGE</t>
   </si>
   <si>
     <t>CREDIT</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Number of transactions</t>
   </si>
   <si>
     <t>Value of transactions</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> ATM</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> EFTPOS terminal</t>
   </si>
   <si>
     <t> Internet</t>
   </si>
   <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> Mobile phone</t>
   </si>
   <si>
     <t> SMS</t>
   </si>
   <si>
     <t> Cash withdrawal terminal</t>
   </si>
   <si>
     <t> Other</t>
   </si>
   <si>
     <t> Total</t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
+  </si>
+  <si>
     <t> TOTAL </t>
   </si>
   <si>
     <t> SUM TOTAL </t>
-  </si>
-[...1 lines deleted...]
-    <t>* data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -571,51 +574,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Z69"/>
+  <dimension ref="A1:Z92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -742,273 +745,273 @@
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>7228268</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E13" s="8">
         <v>1372317053</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G13" s="8">
         <v>43135</v>
       </c>
       <c r="H13" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I13" s="8">
         <v>7163828</v>
       </c>
       <c r="J13" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K13" s="8">
         <v>38732</v>
       </c>
       <c r="L13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="M13" s="8">
         <v>5343821</v>
       </c>
       <c r="N13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="O13" s="8">
         <v>64669</v>
       </c>
       <c r="P13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="Q13" s="8">
         <v>10029788</v>
       </c>
       <c r="R13" t="s" s="7">
         <v>18</v>
       </c>
       <c r="S13" s="8">
         <v>26099</v>
       </c>
       <c r="T13" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="U13" s="8">
         <v>4907930</v>
       </c>
       <c r="V13" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="W13" s="9">
         <v>7400903</v>
       </c>
       <c r="X13" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y13" s="9">
         <v>1399762420</v>
       </c>
       <c r="Z13" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>40809902</v>
       </c>
       <c r="D14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E14" s="8">
         <v>1005710821</v>
       </c>
       <c r="F14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G14" s="8">
         <v>1298691</v>
       </c>
       <c r="H14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I14" s="8">
         <v>45420311</v>
       </c>
       <c r="J14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K14" s="8">
         <v>559038</v>
       </c>
       <c r="L14" t="s" s="7">
         <v>18</v>
       </c>
       <c r="M14" s="8">
         <v>18406922</v>
       </c>
       <c r="N14" t="s" s="7">
         <v>18</v>
       </c>
       <c r="O14" s="8">
         <v>3900744</v>
       </c>
       <c r="P14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="Q14" s="8">
         <v>151959194</v>
       </c>
       <c r="R14" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="S14" s="8">
         <v>71719</v>
       </c>
       <c r="T14" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U14" s="8">
         <v>3868184</v>
       </c>
       <c r="V14" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W14" s="9">
         <v>46640094</v>
       </c>
       <c r="X14" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y14" s="9">
         <v>1225365432</v>
       </c>
       <c r="Z14" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>3096075</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E15" s="8">
         <v>125164191</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G15" s="8">
         <v>254418</v>
       </c>
       <c r="H15" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I15" s="8">
         <v>9269534</v>
       </c>
       <c r="J15" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K15" s="8">
         <v>70402</v>
       </c>
       <c r="L15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="M15" s="8">
         <v>2820942</v>
       </c>
       <c r="N15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="O15" s="8">
         <v>378880</v>
       </c>
       <c r="P15" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="Q15" s="8">
         <v>24318969</v>
       </c>
       <c r="R15" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="S15" s="8">
         <v>19623</v>
       </c>
       <c r="T15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U15" s="8">
         <v>1987384</v>
       </c>
       <c r="V15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W15" s="9">
         <v>3819398</v>
       </c>
       <c r="X15" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y15" s="9">
         <v>163561020</v>
       </c>
       <c r="Z15" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s" s="7">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C16" s="8">
         <v>26105</v>
       </c>
       <c r="D16" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E16" s="8">
         <v>1151550</v>
       </c>
       <c r="F16" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G16" s="8">
         <v/>
       </c>
       <c r="H16" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I16" s="8">
         <v/>
       </c>
       <c r="J16" t="s" s="7">
         <v>18</v>
       </c>
@@ -1044,51 +1047,51 @@
       </c>
       <c r="U16" s="8">
         <v/>
       </c>
       <c r="V16" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W16" s="9">
         <v>26105</v>
       </c>
       <c r="X16" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y16" s="9">
         <v>1151550</v>
       </c>
       <c r="Z16" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B17" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C17" s="8">
         <v/>
       </c>
       <c r="D17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E17" s="8">
         <v/>
       </c>
       <c r="F17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G17" s="8">
         <v/>
       </c>
       <c r="H17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I17" s="8">
         <v/>
       </c>
       <c r="J17" t="s" s="7">
         <v>18</v>
       </c>
@@ -1124,131 +1127,131 @@
       </c>
       <c r="U17" s="8">
         <v/>
       </c>
       <c r="V17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W17" s="9">
         <v/>
       </c>
       <c r="X17" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y17" s="9">
         <v/>
       </c>
       <c r="Z17" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B18" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>58061</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E18" s="8">
         <v>19561408</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G18" s="8">
         <v>443</v>
       </c>
       <c r="H18" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I18" s="8">
         <v>146108</v>
       </c>
       <c r="J18" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K18" s="8">
         <v>558</v>
       </c>
       <c r="L18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="M18" s="8">
         <v>129183</v>
       </c>
       <c r="N18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="O18" s="8">
         <v>1648</v>
       </c>
       <c r="P18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="Q18" s="8">
         <v>186482</v>
       </c>
       <c r="R18" t="s" s="7">
         <v>18</v>
       </c>
       <c r="S18" s="8">
         <v>956</v>
       </c>
       <c r="T18" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="U18" s="8">
         <v>234350</v>
       </c>
       <c r="V18" t="s" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="W18" s="9">
         <v>61666</v>
       </c>
       <c r="X18" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y18" s="9">
         <v>20257531</v>
       </c>
       <c r="Z18" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B19" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>26329</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E19" s="8">
         <v>1264873</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G19" s="8">
         <v>104</v>
       </c>
       <c r="H19" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I19" s="8">
         <v>12110</v>
       </c>
       <c r="J19" t="s" s="7">
         <v>18</v>
       </c>
@@ -1284,51 +1287,51 @@
       </c>
       <c r="U19" s="8">
         <v>16884</v>
       </c>
       <c r="V19" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W19" s="9">
         <v>27630</v>
       </c>
       <c r="X19" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y19" s="9">
         <v>1315385</v>
       </c>
       <c r="Z19" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B20" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C20" s="13">
         <v>51244740</v>
       </c>
       <c r="D20" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E20" s="13">
         <v>2525169896</v>
       </c>
       <c r="F20" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G20" s="13">
         <v>1596791</v>
       </c>
       <c r="H20" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I20" s="13">
         <v>62011891</v>
       </c>
       <c r="J20" t="s" s="12">
         <v>18</v>
       </c>
@@ -1444,51 +1447,51 @@
       </c>
       <c r="U21" s="8">
         <v>4906371</v>
       </c>
       <c r="V21" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W21" s="9">
         <v>7324470</v>
       </c>
       <c r="X21" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y21" s="9">
         <v>1398300547</v>
       </c>
       <c r="Z21" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B22" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C22" s="8">
         <v>39682166</v>
       </c>
       <c r="D22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E22" s="8">
         <v>972870093</v>
       </c>
       <c r="F22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G22" s="8">
         <v>1251112</v>
       </c>
       <c r="H22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I22" s="8">
         <v>44176574</v>
       </c>
       <c r="J22" t="s" s="7">
         <v>18</v>
       </c>
@@ -1524,51 +1527,51 @@
       </c>
       <c r="U22" s="8">
         <v>3751538</v>
       </c>
       <c r="V22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W22" s="9">
         <v>45408647</v>
       </c>
       <c r="X22" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y22" s="9">
         <v>1190822890</v>
       </c>
       <c r="Z22" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B23" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C23" s="8">
         <v>2980369</v>
       </c>
       <c r="D23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E23" s="8">
         <v>118189032</v>
       </c>
       <c r="F23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G23" s="8">
         <v>254221</v>
       </c>
       <c r="H23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I23" s="8">
         <v>9174866</v>
       </c>
       <c r="J23" t="s" s="7">
         <v>18</v>
       </c>
@@ -1601,54 +1604,54 @@
       </c>
       <c r="T23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U23" s="8">
         <v>1941802</v>
       </c>
       <c r="V23" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W23" s="9">
         <v>3697532</v>
       </c>
       <c r="X23" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y23" s="9">
         <v>155728936</v>
       </c>
       <c r="Z23" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B24" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C24" s="8">
         <v>24025</v>
       </c>
       <c r="D24" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E24" s="8">
         <v>1034143</v>
       </c>
       <c r="F24" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G24" s="8">
         <v/>
       </c>
       <c r="H24" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I24" s="8">
         <v/>
       </c>
       <c r="J24" t="s" s="7">
         <v>18</v>
       </c>
@@ -1684,51 +1687,51 @@
       </c>
       <c r="U24" s="8">
         <v/>
       </c>
       <c r="V24" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W24" s="9">
         <v>24025</v>
       </c>
       <c r="X24" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y24" s="9">
         <v>1034143</v>
       </c>
       <c r="Z24" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B25" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C25" s="8">
         <v/>
       </c>
       <c r="D25" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E25" s="8">
         <v/>
       </c>
       <c r="F25" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G25" s="8">
         <v/>
       </c>
       <c r="H25" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I25" s="8">
         <v/>
       </c>
       <c r="J25" t="s" s="7">
         <v>18</v>
       </c>
@@ -1764,51 +1767,51 @@
       </c>
       <c r="U25" s="8">
         <v/>
       </c>
       <c r="V25" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W25" s="9">
         <v/>
       </c>
       <c r="X25" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y25" s="9">
         <v/>
       </c>
       <c r="Z25" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B26" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C26" s="8">
         <v>54492</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E26" s="8">
         <v>18592703</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G26" s="8">
         <v>380</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I26" s="8">
         <v>114634</v>
       </c>
       <c r="J26" t="s" s="7">
         <v>18</v>
       </c>
@@ -1844,51 +1847,51 @@
       </c>
       <c r="U26" s="8">
         <v>214670</v>
       </c>
       <c r="V26" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W26" s="9">
         <v>58024</v>
       </c>
       <c r="X26" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y26" s="9">
         <v>19244294</v>
       </c>
       <c r="Z26" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B27" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="8">
         <v>24408</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E27" s="8">
         <v>1109770</v>
       </c>
       <c r="F27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G27" s="8">
         <v>62</v>
       </c>
       <c r="H27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I27" s="8">
         <v>3998</v>
       </c>
       <c r="J27" t="s" s="7">
         <v>18</v>
       </c>
@@ -1924,51 +1927,51 @@
       </c>
       <c r="U27" s="8">
         <v>18782</v>
       </c>
       <c r="V27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W27" s="9">
         <v>25634</v>
       </c>
       <c r="X27" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y27" s="9">
         <v>1149974</v>
       </c>
       <c r="Z27" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B28" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C28" s="13">
         <v>49922084</v>
       </c>
       <c r="D28" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E28" s="13">
         <v>2483455918</v>
       </c>
       <c r="F28" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G28" s="13">
         <v>1546654</v>
       </c>
       <c r="H28" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I28" s="13">
         <v>60301009</v>
       </c>
       <c r="J28" t="s" s="12">
         <v>18</v>
       </c>
@@ -2084,51 +2087,51 @@
       </c>
       <c r="U29" s="8">
         <v>5571750</v>
       </c>
       <c r="V29" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W29" s="9">
         <v>8171063</v>
       </c>
       <c r="X29" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y29" s="9">
         <v>1563346036</v>
       </c>
       <c r="Z29" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B30" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C30" s="8">
         <v>45808525</v>
       </c>
       <c r="D30" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E30" s="8">
         <v>1127461802</v>
       </c>
       <c r="F30" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G30" s="8">
         <v>1469270</v>
       </c>
       <c r="H30" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I30" s="8">
         <v>52698190</v>
       </c>
       <c r="J30" t="s" s="7">
         <v>18</v>
       </c>
@@ -2164,51 +2167,51 @@
       </c>
       <c r="U30" s="8">
         <v>4539379</v>
       </c>
       <c r="V30" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W30" s="9">
         <v>52454217</v>
       </c>
       <c r="X30" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y30" s="9">
         <v>1384978874</v>
       </c>
       <c r="Z30" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B31" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C31" s="8">
         <v>3318760</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E31" s="8">
         <v>136365059</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G31" s="8">
         <v>285675</v>
       </c>
       <c r="H31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I31" s="8">
         <v>10421784</v>
       </c>
       <c r="J31" t="s" s="7">
         <v>18</v>
       </c>
@@ -2241,54 +2244,54 @@
       </c>
       <c r="T31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U31" s="8">
         <v>2353301</v>
       </c>
       <c r="V31" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W31" s="9">
         <v>4125709</v>
       </c>
       <c r="X31" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y31" s="9">
         <v>180069120</v>
       </c>
       <c r="Z31" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s" s="7">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B32" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C32" s="8">
         <v>26604</v>
       </c>
       <c r="D32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E32" s="8">
         <v>1192257</v>
       </c>
       <c r="F32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G32" s="8">
         <v/>
       </c>
       <c r="H32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I32" s="8">
         <v/>
       </c>
       <c r="J32" t="s" s="7">
         <v>18</v>
       </c>
@@ -2324,51 +2327,51 @@
       </c>
       <c r="U32" s="8">
         <v/>
       </c>
       <c r="V32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W32" s="9">
         <v>26604</v>
       </c>
       <c r="X32" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y32" s="9">
         <v>1192257</v>
       </c>
       <c r="Z32" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B33" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C33" s="8">
         <v/>
       </c>
       <c r="D33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E33" s="8">
         <v/>
       </c>
       <c r="F33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G33" s="8">
         <v/>
       </c>
       <c r="H33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I33" s="8">
         <v/>
       </c>
       <c r="J33" t="s" s="7">
         <v>18</v>
       </c>
@@ -2404,51 +2407,51 @@
       </c>
       <c r="U33" s="8">
         <v/>
       </c>
       <c r="V33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W33" s="9">
         <v/>
       </c>
       <c r="X33" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y33" s="9">
         <v/>
       </c>
       <c r="Z33" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B34" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C34" s="8">
         <v>57672</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E34" s="8">
         <v>20967757</v>
       </c>
       <c r="F34" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G34" s="8">
         <v>438</v>
       </c>
       <c r="H34" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I34" s="8">
         <v>131878</v>
       </c>
       <c r="J34" t="s" s="7">
         <v>18</v>
       </c>
@@ -2484,51 +2487,51 @@
       </c>
       <c r="U34" s="8">
         <v>258546</v>
       </c>
       <c r="V34" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W34" s="9">
         <v>61536</v>
       </c>
       <c r="X34" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y34" s="9">
         <v>21661471</v>
       </c>
       <c r="Z34" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B35" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C35" s="8">
         <v>25061</v>
       </c>
       <c r="D35" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E35" s="8">
         <v>1218530</v>
       </c>
       <c r="F35" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G35" s="8">
         <v>63</v>
       </c>
       <c r="H35" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I35" s="8">
         <v>3932</v>
       </c>
       <c r="J35" t="s" s="7">
         <v>18</v>
       </c>
@@ -2564,51 +2567,51 @@
       </c>
       <c r="U35" s="8">
         <v>18513</v>
       </c>
       <c r="V35" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W35" s="9">
         <v>26308</v>
       </c>
       <c r="X35" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y35" s="9">
         <v>1259947</v>
       </c>
       <c r="Z35" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B36" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C36" s="13">
         <v>57214731</v>
       </c>
       <c r="D36" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E36" s="13">
         <v>2820211473</v>
       </c>
       <c r="F36" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G36" s="13">
         <v>1802755</v>
       </c>
       <c r="H36" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I36" s="13">
         <v>71009401</v>
       </c>
       <c r="J36" t="s" s="12">
         <v>18</v>
       </c>
@@ -2724,51 +2727,51 @@
       </c>
       <c r="U37" s="8">
         <v>5377232</v>
       </c>
       <c r="V37" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W37" s="9">
         <v>8360695</v>
       </c>
       <c r="X37" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y37" s="9">
         <v>1638952489</v>
       </c>
       <c r="Z37" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B38" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C38" s="8">
         <v>46540659</v>
       </c>
       <c r="D38" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E38" s="8">
         <v>1178914377</v>
       </c>
       <c r="F38" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G38" s="8">
         <v>1451808</v>
       </c>
       <c r="H38" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I38" s="8">
         <v>53777632</v>
       </c>
       <c r="J38" t="s" s="7">
         <v>18</v>
       </c>
@@ -2804,51 +2807,51 @@
       </c>
       <c r="U38" s="8">
         <v>4657662</v>
       </c>
       <c r="V38" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W38" s="9">
         <v>53154521</v>
       </c>
       <c r="X38" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y38" s="9">
         <v>1444130123</v>
       </c>
       <c r="Z38" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B39" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C39" s="8">
         <v>3198974</v>
       </c>
       <c r="D39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E39" s="8">
         <v>130436075</v>
       </c>
       <c r="F39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G39" s="8">
         <v>262486</v>
       </c>
       <c r="H39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I39" s="8">
         <v>9953993</v>
       </c>
       <c r="J39" t="s" s="7">
         <v>18</v>
       </c>
@@ -2881,54 +2884,54 @@
       </c>
       <c r="T39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U39" s="8">
         <v>2168724</v>
       </c>
       <c r="V39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W39" s="9">
         <v>3958722</v>
       </c>
       <c r="X39" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y39" s="9">
         <v>171924094</v>
       </c>
       <c r="Z39" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s" s="7">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B40" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C40" s="8">
         <v>26461</v>
       </c>
       <c r="D40" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E40" s="8">
         <v>1161448</v>
       </c>
       <c r="F40" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G40" s="8">
         <v/>
       </c>
       <c r="H40" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I40" s="8">
         <v/>
       </c>
       <c r="J40" t="s" s="7">
         <v>18</v>
       </c>
@@ -2964,51 +2967,51 @@
       </c>
       <c r="U40" s="8">
         <v/>
       </c>
       <c r="V40" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W40" s="9">
         <v>26461</v>
       </c>
       <c r="X40" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y40" s="9">
         <v>1161448</v>
       </c>
       <c r="Z40" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B41" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C41" s="8">
         <v/>
       </c>
       <c r="D41" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
       <c r="J41" t="s" s="7">
         <v>18</v>
       </c>
@@ -3044,51 +3047,51 @@
       </c>
       <c r="U41" s="8">
         <v/>
       </c>
       <c r="V41" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W41" s="9">
         <v/>
       </c>
       <c r="X41" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y41" s="9">
         <v/>
       </c>
       <c r="Z41" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B42" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C42" s="8">
         <v>58526</v>
       </c>
       <c r="D42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E42" s="8">
         <v>22964601</v>
       </c>
       <c r="F42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G42" s="8">
         <v>405</v>
       </c>
       <c r="H42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I42" s="8">
         <v>108432</v>
       </c>
       <c r="J42" t="s" s="7">
         <v>18</v>
       </c>
@@ -3124,51 +3127,51 @@
       </c>
       <c r="U42" s="8">
         <v>281413</v>
       </c>
       <c r="V42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W42" s="9">
         <v>62188</v>
       </c>
       <c r="X42" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y42" s="9">
         <v>23662701</v>
       </c>
       <c r="Z42" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B43" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C43" s="8">
         <v>23432</v>
       </c>
       <c r="D43" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E43" s="8">
         <v>1144535</v>
       </c>
       <c r="F43" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G43" s="8">
         <v>60</v>
       </c>
       <c r="H43" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I43" s="8">
         <v>4297</v>
       </c>
       <c r="J43" t="s" s="7">
         <v>18</v>
       </c>
@@ -3204,51 +3207,51 @@
       </c>
       <c r="U43" s="8">
         <v>18229</v>
       </c>
       <c r="V43" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W43" s="9">
         <v>24642</v>
       </c>
       <c r="X43" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y43" s="9">
         <v>1182105</v>
       </c>
       <c r="Z43" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B44" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C44" s="13">
         <v>58031678</v>
       </c>
       <c r="D44" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E44" s="13">
         <v>2945277265</v>
       </c>
       <c r="F44" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G44" s="13">
         <v>1758589</v>
       </c>
       <c r="H44" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I44" s="13">
         <v>71059962</v>
       </c>
       <c r="J44" t="s" s="12">
         <v>18</v>
       </c>
@@ -3364,51 +3367,51 @@
       </c>
       <c r="U45" s="8">
         <v>5648770</v>
       </c>
       <c r="V45" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W45" s="9">
         <v>8634596</v>
       </c>
       <c r="X45" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y45" s="9">
         <v>1740855344</v>
       </c>
       <c r="Z45" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B46" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C46" s="8">
         <v>49294783</v>
       </c>
       <c r="D46" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E46" s="8">
         <v>1253423589</v>
       </c>
       <c r="F46" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G46" s="8">
         <v>1530726</v>
       </c>
       <c r="H46" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I46" s="8">
         <v>56477796</v>
       </c>
       <c r="J46" t="s" s="7">
         <v>18</v>
       </c>
@@ -3444,51 +3447,51 @@
       </c>
       <c r="U46" s="8">
         <v>4832541</v>
       </c>
       <c r="V46" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W46" s="9">
         <v>56161294</v>
       </c>
       <c r="X46" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y46" s="9">
         <v>1527448550</v>
       </c>
       <c r="Z46" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B47" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C47" s="8">
         <v>3367829</v>
       </c>
       <c r="D47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E47" s="8">
         <v>138809181</v>
       </c>
       <c r="F47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G47" s="8">
         <v>266947</v>
       </c>
       <c r="H47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I47" s="8">
         <v>9879121</v>
       </c>
       <c r="J47" t="s" s="7">
         <v>18</v>
       </c>
@@ -3521,54 +3524,54 @@
       </c>
       <c r="T47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U47" s="8">
         <v>2183433</v>
       </c>
       <c r="V47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W47" s="9">
         <v>4111097</v>
       </c>
       <c r="X47" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y47" s="9">
         <v>179906468</v>
       </c>
       <c r="Z47" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s" s="7">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B48" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C48" s="8">
         <v>27161</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E48" s="8">
         <v>1179495</v>
       </c>
       <c r="F48" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
       <c r="J48" t="s" s="7">
         <v>18</v>
       </c>
@@ -3604,51 +3607,51 @@
       </c>
       <c r="U48" s="8">
         <v/>
       </c>
       <c r="V48" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W48" s="9">
         <v>27161</v>
       </c>
       <c r="X48" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y48" s="9">
         <v>1179495</v>
       </c>
       <c r="Z48" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B49" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C49" s="8">
         <v/>
       </c>
       <c r="D49" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E49" s="8">
         <v/>
       </c>
       <c r="F49" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G49" s="8">
         <v/>
       </c>
       <c r="H49" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I49" s="8">
         <v/>
       </c>
       <c r="J49" t="s" s="7">
         <v>18</v>
       </c>
@@ -3684,51 +3687,51 @@
       </c>
       <c r="U49" s="8">
         <v/>
       </c>
       <c r="V49" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W49" s="9">
         <v/>
       </c>
       <c r="X49" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y49" s="9">
         <v/>
       </c>
       <c r="Z49" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B50" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C50" s="8">
         <v>59846</v>
       </c>
       <c r="D50" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E50" s="8">
         <v>23464692</v>
       </c>
       <c r="F50" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G50" s="8">
         <v>424</v>
       </c>
       <c r="H50" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I50" s="8">
         <v>127333</v>
       </c>
       <c r="J50" t="s" s="7">
         <v>18</v>
       </c>
@@ -3764,51 +3767,51 @@
       </c>
       <c r="U50" s="8">
         <v>290707</v>
       </c>
       <c r="V50" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W50" s="9">
         <v>63557</v>
       </c>
       <c r="X50" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y50" s="9">
         <v>24197223</v>
       </c>
       <c r="Z50" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B51" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C51" s="8">
         <v>24189</v>
       </c>
       <c r="D51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E51" s="8">
         <v>1214021</v>
       </c>
       <c r="F51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G51" s="8">
         <v>50</v>
       </c>
       <c r="H51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I51" s="8">
         <v>3269</v>
       </c>
       <c r="J51" t="s" s="7">
         <v>18</v>
       </c>
@@ -3844,51 +3847,51 @@
       </c>
       <c r="U51" s="8">
         <v>17021</v>
       </c>
       <c r="V51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W51" s="9">
         <v>25424</v>
       </c>
       <c r="X51" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y51" s="9">
         <v>1248767</v>
       </c>
       <c r="Z51" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B52" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C52" s="13">
         <v>61222928</v>
       </c>
       <c r="D52" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E52" s="13">
         <v>3128983335</v>
       </c>
       <c r="F52" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G52" s="13">
         <v>1843821</v>
       </c>
       <c r="H52" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I52" s="13">
         <v>74067221</v>
       </c>
       <c r="J52" t="s" s="12">
         <v>18</v>
       </c>
@@ -4004,51 +4007,51 @@
       </c>
       <c r="U53" s="8">
         <v>5033624</v>
       </c>
       <c r="V53" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W53" s="9">
         <v>8292718</v>
       </c>
       <c r="X53" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y53" s="9">
         <v>1731048787</v>
       </c>
       <c r="Z53" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B54" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C54" s="8">
         <v>49801604</v>
       </c>
       <c r="D54" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E54" s="8">
         <v>1297597867</v>
       </c>
       <c r="F54" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G54" s="8">
         <v>1481696</v>
       </c>
       <c r="H54" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I54" s="8">
         <v>55149368</v>
       </c>
       <c r="J54" t="s" s="7">
         <v>18</v>
       </c>
@@ -4084,51 +4087,51 @@
       </c>
       <c r="U54" s="8">
         <v>4797277</v>
       </c>
       <c r="V54" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W54" s="9">
         <v>56541084</v>
       </c>
       <c r="X54" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y54" s="9">
         <v>1568597451</v>
       </c>
       <c r="Z54" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B55" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C55" s="8">
         <v>3320372</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E55" s="8">
         <v>141763126</v>
       </c>
       <c r="F55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G55" s="8">
         <v>256574</v>
       </c>
       <c r="H55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I55" s="8">
         <v>9734969</v>
       </c>
       <c r="J55" t="s" s="7">
         <v>18</v>
       </c>
@@ -4161,54 +4164,54 @@
       </c>
       <c r="T55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="U55" s="8">
         <v>2261608</v>
       </c>
       <c r="V55" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W55" s="9">
         <v>4047464</v>
       </c>
       <c r="X55" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y55" s="9">
         <v>182174126</v>
       </c>
       <c r="Z55" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s" s="7">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B56" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C56" s="8">
         <v>25015</v>
       </c>
       <c r="D56" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E56" s="8">
         <v>1165518</v>
       </c>
       <c r="F56" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G56" s="8">
         <v>112</v>
       </c>
       <c r="H56" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I56" s="8">
         <v>2984</v>
       </c>
       <c r="J56" t="s" s="7">
         <v>18</v>
       </c>
@@ -4244,51 +4247,51 @@
       </c>
       <c r="U56" s="8">
         <v>1324</v>
       </c>
       <c r="V56" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W56" s="9">
         <v>25233</v>
       </c>
       <c r="X56" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y56" s="9">
         <v>1171177</v>
       </c>
       <c r="Z56" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B57" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C57" s="8">
         <v/>
       </c>
       <c r="D57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E57" s="8">
         <v/>
       </c>
       <c r="F57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G57" s="8">
         <v/>
       </c>
       <c r="H57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I57" s="8">
         <v/>
       </c>
       <c r="J57" t="s" s="7">
         <v>18</v>
       </c>
@@ -4324,51 +4327,51 @@
       </c>
       <c r="U57" s="8">
         <v/>
       </c>
       <c r="V57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W57" s="9">
         <v/>
       </c>
       <c r="X57" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y57" s="9">
         <v/>
       </c>
       <c r="Z57" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B58" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C58" s="8">
         <v>60942</v>
       </c>
       <c r="D58" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E58" s="8">
         <v>28746270</v>
       </c>
       <c r="F58" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G58" s="8">
         <v>362</v>
       </c>
       <c r="H58" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I58" s="8">
         <v>107665</v>
       </c>
       <c r="J58" t="s" s="7">
         <v>18</v>
       </c>
@@ -4404,51 +4407,51 @@
       </c>
       <c r="U58" s="8">
         <v>251590</v>
       </c>
       <c r="V58" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W58" s="9">
         <v>64310</v>
       </c>
       <c r="X58" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y58" s="9">
         <v>29383545</v>
       </c>
       <c r="Z58" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s" s="7">
         <v>18</v>
       </c>
       <c r="B59" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C59" s="8">
         <v>22616</v>
       </c>
       <c r="D59" t="s" s="7">
         <v>18</v>
       </c>
       <c r="E59" s="8">
         <v>1169216</v>
       </c>
       <c r="F59" t="s" s="7">
         <v>18</v>
       </c>
       <c r="G59" s="8">
         <v>48</v>
       </c>
       <c r="H59" t="s" s="7">
         <v>18</v>
       </c>
       <c r="I59" s="8">
         <v>2668</v>
       </c>
       <c r="J59" t="s" s="7">
         <v>18</v>
       </c>
@@ -4484,51 +4487,51 @@
       </c>
       <c r="U59" s="8">
         <v>15625</v>
       </c>
       <c r="V59" t="s" s="7">
         <v>18</v>
       </c>
       <c r="W59" s="9">
         <v>23745</v>
       </c>
       <c r="X59" t="s" s="10">
         <v>18</v>
       </c>
       <c r="Y59" s="9">
         <v>1208757</v>
       </c>
       <c r="Z59" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B60" t="s" s="12">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C60" s="13">
         <v>61358647</v>
       </c>
       <c r="D60" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E60" s="13">
         <v>3174908614</v>
       </c>
       <c r="F60" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G60" s="13">
         <v>1780387</v>
       </c>
       <c r="H60" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I60" s="13">
         <v>71943878</v>
       </c>
       <c r="J60" t="s" s="12">
         <v>18</v>
       </c>
@@ -4563,689 +4566,2604 @@
         <v>18</v>
       </c>
       <c r="U60" s="13">
         <v>12361048</v>
       </c>
       <c r="V60" t="s" s="12">
         <v>18</v>
       </c>
       <c r="W60" s="13">
         <v>68994554</v>
       </c>
       <c r="X60" t="s" s="12">
         <v>18</v>
       </c>
       <c r="Y60" s="13">
         <v>3513583843</v>
       </c>
       <c r="Z60" t="s" s="12">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B61" t="s" s="14">
+      <c r="B61" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="C61" s="15">
-[...68 lines deleted...]
-      <c r="Z61" t="s" s="14">
+      <c r="C61" s="8">
+        <v>8120561</v>
+      </c>
+      <c r="D61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E61" s="8">
+        <v>1776341328</v>
+      </c>
+      <c r="F61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G61" s="8">
+        <v>43109</v>
+      </c>
+      <c r="H61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I61" s="8">
+        <v>7245383</v>
+      </c>
+      <c r="J61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K61" s="8">
+        <v>40767</v>
+      </c>
+      <c r="L61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M61" s="8">
+        <v>5905173</v>
+      </c>
+      <c r="N61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O61" s="8">
+        <v>70118</v>
+      </c>
+      <c r="P61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>11150146</v>
+      </c>
+      <c r="R61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S61" s="8">
+        <v>29098</v>
+      </c>
+      <c r="T61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U61" s="8">
+        <v>5684073</v>
+      </c>
+      <c r="V61" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W61" s="9">
+        <v>8303653</v>
+      </c>
+      <c r="X61" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y61" s="9">
+        <v>1806326103</v>
+      </c>
+      <c r="Z61" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B62" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z62" t="s" s="14">
+      <c r="B62" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C62" s="8">
+        <v>50909824</v>
+      </c>
+      <c r="D62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E62" s="8">
+        <v>1326820292</v>
+      </c>
+      <c r="F62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G62" s="8">
+        <v>1539292</v>
+      </c>
+      <c r="H62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I62" s="8">
+        <v>55845375</v>
+      </c>
+      <c r="J62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K62" s="8">
+        <v>670001</v>
+      </c>
+      <c r="L62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M62" s="8">
+        <v>23478979</v>
+      </c>
+      <c r="N62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O62" s="8">
+        <v>4654537</v>
+      </c>
+      <c r="P62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q62" s="8">
+        <v>189122217</v>
+      </c>
+      <c r="R62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S62" s="8">
+        <v>86020</v>
+      </c>
+      <c r="T62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U62" s="8">
+        <v>4727751</v>
+      </c>
+      <c r="V62" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W62" s="9">
+        <v>57859674</v>
+      </c>
+      <c r="X62" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y62" s="9">
+        <v>1599994614</v>
+      </c>
+      <c r="Z62" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B63" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z63" t="s" s="14">
+      <c r="B63" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C63" s="8">
+        <v>3414055</v>
+      </c>
+      <c r="D63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E63" s="8">
+        <v>153285231</v>
+      </c>
+      <c r="F63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G63" s="8">
+        <v>263294</v>
+      </c>
+      <c r="H63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I63" s="8">
+        <v>10262582</v>
+      </c>
+      <c r="J63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K63" s="8">
+        <v>33145</v>
+      </c>
+      <c r="L63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M63" s="8">
+        <v>1605993</v>
+      </c>
+      <c r="N63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O63" s="8">
+        <v>431507</v>
+      </c>
+      <c r="P63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>28111001</v>
+      </c>
+      <c r="R63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S63" s="8">
+        <v>20614</v>
+      </c>
+      <c r="T63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U63" s="8">
+        <v>2164600</v>
+      </c>
+      <c r="V63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W63" s="9">
+        <v>4162615</v>
+      </c>
+      <c r="X63" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y63" s="9">
+        <v>195429407</v>
+      </c>
+      <c r="Z63" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s" s="7">
-        <v>34</v>
-[...73 lines deleted...]
-      <c r="Z64" t="s" s="14">
+        <v>33</v>
+      </c>
+      <c r="B64" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C64" s="8">
+        <v>28956</v>
+      </c>
+      <c r="D64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E64" s="8">
+        <v>1437052</v>
+      </c>
+      <c r="F64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G64" s="8">
+        <v>452</v>
+      </c>
+      <c r="H64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I64" s="8">
+        <v>11184</v>
+      </c>
+      <c r="J64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K64" s="8">
+        <v>444</v>
+      </c>
+      <c r="L64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M64" s="8">
+        <v>8529</v>
+      </c>
+      <c r="N64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O64" s="8">
+        <v>87</v>
+      </c>
+      <c r="P64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>2285</v>
+      </c>
+      <c r="R64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S64" s="8">
+        <v>424</v>
+      </c>
+      <c r="T64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U64" s="8">
+        <v>12030</v>
+      </c>
+      <c r="V64" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W64" s="9">
+        <v>30363</v>
+      </c>
+      <c r="X64" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y64" s="9">
+        <v>1471080</v>
+      </c>
+      <c r="Z64" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B65" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z65" t="s" s="14">
+      <c r="B65" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="C65" s="8">
+        <v/>
+      </c>
+      <c r="D65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E65" s="8">
+        <v/>
+      </c>
+      <c r="F65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G65" s="8">
+        <v/>
+      </c>
+      <c r="H65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I65" s="8">
+        <v/>
+      </c>
+      <c r="J65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K65" s="8">
+        <v/>
+      </c>
+      <c r="L65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M65" s="8">
+        <v/>
+      </c>
+      <c r="N65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O65" s="8">
+        <v/>
+      </c>
+      <c r="P65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q65" s="8">
+        <v/>
+      </c>
+      <c r="R65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S65" s="8">
+        <v/>
+      </c>
+      <c r="T65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U65" s="8">
+        <v/>
+      </c>
+      <c r="V65" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W65" s="9">
+        <v/>
+      </c>
+      <c r="X65" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y65" s="9">
+        <v/>
+      </c>
+      <c r="Z65" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B66" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z66" t="s" s="14">
+      <c r="B66" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="C66" s="8">
+        <v>66961</v>
+      </c>
+      <c r="D66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E66" s="8">
+        <v>34334781</v>
+      </c>
+      <c r="F66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G66" s="8">
+        <v>420</v>
+      </c>
+      <c r="H66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I66" s="8">
+        <v>112397</v>
+      </c>
+      <c r="J66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K66" s="8">
+        <v>516</v>
+      </c>
+      <c r="L66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M66" s="8">
+        <v>114192</v>
+      </c>
+      <c r="N66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O66" s="8">
+        <v>1833</v>
+      </c>
+      <c r="P66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>200756</v>
+      </c>
+      <c r="R66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S66" s="8">
+        <v>1046</v>
+      </c>
+      <c r="T66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U66" s="8">
+        <v>296196</v>
+      </c>
+      <c r="V66" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W66" s="9">
+        <v>70776</v>
+      </c>
+      <c r="X66" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y66" s="9">
+        <v>35058322</v>
+      </c>
+      <c r="Z66" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B67" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z67" t="s" s="14">
+      <c r="B67" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="C67" s="8">
+        <v>24395</v>
+      </c>
+      <c r="D67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E67" s="8">
+        <v>1318610</v>
+      </c>
+      <c r="F67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G67" s="8">
+        <v>33</v>
+      </c>
+      <c r="H67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I67" s="8">
+        <v>1365</v>
+      </c>
+      <c r="J67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K67" s="8">
+        <v>443</v>
+      </c>
+      <c r="L67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M67" s="8">
+        <v>16299</v>
+      </c>
+      <c r="N67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O67" s="8">
+        <v>12</v>
+      </c>
+      <c r="P67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>3090</v>
+      </c>
+      <c r="R67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S67" s="8">
+        <v>681</v>
+      </c>
+      <c r="T67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U67" s="8">
+        <v>19981</v>
+      </c>
+      <c r="V67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W67" s="9">
+        <v>25564</v>
+      </c>
+      <c r="X67" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y67" s="9">
+        <v>1359345</v>
+      </c>
+      <c r="Z67" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B68" t="s" s="12">
+        <v>27</v>
+      </c>
+      <c r="C68" s="13">
+        <v>62564752</v>
+      </c>
+      <c r="D68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E68" s="13">
+        <v>3293537294</v>
+      </c>
+      <c r="F68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G68" s="13">
+        <v>1846600</v>
+      </c>
+      <c r="H68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I68" s="13">
+        <v>73478286</v>
+      </c>
+      <c r="J68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K68" s="13">
+        <v>745316</v>
+      </c>
+      <c r="L68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M68" s="13">
+        <v>31129165</v>
+      </c>
+      <c r="N68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O68" s="13">
+        <v>5158094</v>
+      </c>
+      <c r="P68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q68" s="13">
+        <v>228589495</v>
+      </c>
+      <c r="R68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S68" s="13">
+        <v>137883</v>
+      </c>
+      <c r="T68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U68" s="13">
+        <v>12904631</v>
+      </c>
+      <c r="V68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W68" s="13">
+        <v>70452645</v>
+      </c>
+      <c r="X68" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y68" s="13">
+        <v>3639638871</v>
+      </c>
+      <c r="Z68" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26">
+      <c r="A69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B69" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C69" s="8">
+        <v>7712285</v>
+      </c>
+      <c r="D69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E69" s="8">
+        <v>1680809546</v>
+      </c>
+      <c r="F69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G69" s="8">
+        <v>42157</v>
+      </c>
+      <c r="H69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I69" s="8">
+        <v>7133939</v>
+      </c>
+      <c r="J69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K69" s="8">
+        <v>39682</v>
+      </c>
+      <c r="L69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M69" s="8">
+        <v>5776523</v>
+      </c>
+      <c r="N69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O69" s="8">
+        <v>60990</v>
+      </c>
+      <c r="P69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q69" s="8">
+        <v>9958316</v>
+      </c>
+      <c r="R69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S69" s="8">
+        <v>27403</v>
+      </c>
+      <c r="T69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U69" s="8">
+        <v>5466059</v>
+      </c>
+      <c r="V69" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W69" s="9">
+        <v>7882517</v>
+      </c>
+      <c r="X69" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y69" s="9">
+        <v>1709144383</v>
+      </c>
+      <c r="Z69" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26">
+      <c r="A70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B70" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C70" s="8">
+        <v>47582735</v>
+      </c>
+      <c r="D70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E70" s="8">
+        <v>1271028269</v>
+      </c>
+      <c r="F70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G70" s="8">
+        <v>1436585</v>
+      </c>
+      <c r="H70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I70" s="8">
+        <v>51282884</v>
+      </c>
+      <c r="J70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K70" s="8">
+        <v>641354</v>
+      </c>
+      <c r="L70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M70" s="8">
+        <v>22748249</v>
+      </c>
+      <c r="N70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O70" s="8">
+        <v>4246950</v>
+      </c>
+      <c r="P70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q70" s="8">
+        <v>170460560</v>
+      </c>
+      <c r="R70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S70" s="8">
+        <v>80658</v>
+      </c>
+      <c r="T70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U70" s="8">
+        <v>4394029</v>
+      </c>
+      <c r="V70" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W70" s="9">
+        <v>53988282</v>
+      </c>
+      <c r="X70" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y70" s="9">
+        <v>1519913991</v>
+      </c>
+      <c r="Z70" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26">
+      <c r="A71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B71" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C71" s="8">
+        <v>3304419</v>
+      </c>
+      <c r="D71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E71" s="8">
+        <v>147144251</v>
+      </c>
+      <c r="F71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G71" s="8">
+        <v>240557</v>
+      </c>
+      <c r="H71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I71" s="8">
+        <v>9190133</v>
+      </c>
+      <c r="J71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K71" s="8">
+        <v>31530</v>
+      </c>
+      <c r="L71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M71" s="8">
+        <v>1469787</v>
+      </c>
+      <c r="N71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O71" s="8">
+        <v>390181</v>
+      </c>
+      <c r="P71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>25322870</v>
+      </c>
+      <c r="R71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S71" s="8">
+        <v>18412</v>
+      </c>
+      <c r="T71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U71" s="8">
+        <v>1951779</v>
+      </c>
+      <c r="V71" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W71" s="9">
+        <v>3985099</v>
+      </c>
+      <c r="X71" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y71" s="9">
+        <v>185078820</v>
+      </c>
+      <c r="Z71" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26">
+      <c r="A72" t="s" s="7">
+        <v>34</v>
+      </c>
+      <c r="B72" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C72" s="8">
+        <v>27904</v>
+      </c>
+      <c r="D72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E72" s="8">
+        <v>1451850</v>
+      </c>
+      <c r="F72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G72" s="8">
+        <v>559</v>
+      </c>
+      <c r="H72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I72" s="8">
+        <v>12526</v>
+      </c>
+      <c r="J72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K72" s="8">
+        <v>554</v>
+      </c>
+      <c r="L72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M72" s="8">
+        <v>12165</v>
+      </c>
+      <c r="N72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O72" s="8">
+        <v>96</v>
+      </c>
+      <c r="P72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q72" s="8">
+        <v>2734</v>
+      </c>
+      <c r="R72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S72" s="8">
+        <v>648</v>
+      </c>
+      <c r="T72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U72" s="8">
+        <v>17018</v>
+      </c>
+      <c r="V72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W72" s="9">
+        <v>29761</v>
+      </c>
+      <c r="X72" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y72" s="9">
+        <v>1496293</v>
+      </c>
+      <c r="Z72" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26">
+      <c r="A73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B73" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="C73" s="8">
+        <v/>
+      </c>
+      <c r="D73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E73" s="8">
+        <v/>
+      </c>
+      <c r="F73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G73" s="8">
+        <v/>
+      </c>
+      <c r="H73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I73" s="8">
+        <v/>
+      </c>
+      <c r="J73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K73" s="8">
+        <v/>
+      </c>
+      <c r="L73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M73" s="8">
+        <v/>
+      </c>
+      <c r="N73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O73" s="8">
+        <v/>
+      </c>
+      <c r="P73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q73" s="8">
+        <v/>
+      </c>
+      <c r="R73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S73" s="8">
+        <v/>
+      </c>
+      <c r="T73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U73" s="8">
+        <v/>
+      </c>
+      <c r="V73" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W73" s="9">
+        <v/>
+      </c>
+      <c r="X73" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y73" s="9">
+        <v/>
+      </c>
+      <c r="Z73" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26">
+      <c r="A74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B74" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="C74" s="8">
+        <v>58890</v>
+      </c>
+      <c r="D74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E74" s="8">
+        <v>34663058</v>
+      </c>
+      <c r="F74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G74" s="8">
+        <v>388</v>
+      </c>
+      <c r="H74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I74" s="8">
+        <v>94721</v>
+      </c>
+      <c r="J74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K74" s="8">
+        <v>464</v>
+      </c>
+      <c r="L74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M74" s="8">
+        <v>80866</v>
+      </c>
+      <c r="N74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O74" s="8">
+        <v>1520</v>
+      </c>
+      <c r="P74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q74" s="8">
+        <v>177039</v>
+      </c>
+      <c r="R74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S74" s="8">
+        <v>904</v>
+      </c>
+      <c r="T74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U74" s="8">
+        <v>236026</v>
+      </c>
+      <c r="V74" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W74" s="9">
+        <v>62166</v>
+      </c>
+      <c r="X74" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y74" s="9">
+        <v>35251710</v>
+      </c>
+      <c r="Z74" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26">
+      <c r="A75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="C75" s="8">
+        <v>26683</v>
+      </c>
+      <c r="D75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E75" s="8">
+        <v>1423603</v>
+      </c>
+      <c r="F75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G75" s="8">
+        <v>40</v>
+      </c>
+      <c r="H75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I75" s="8">
+        <v>5485</v>
+      </c>
+      <c r="J75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K75" s="8">
+        <v>406</v>
+      </c>
+      <c r="L75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M75" s="8">
+        <v>14715</v>
+      </c>
+      <c r="N75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O75" s="8">
+        <v>27</v>
+      </c>
+      <c r="P75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q75" s="8">
+        <v>10065</v>
+      </c>
+      <c r="R75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S75" s="8">
+        <v>610</v>
+      </c>
+      <c r="T75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U75" s="8">
+        <v>15238</v>
+      </c>
+      <c r="V75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W75" s="9">
+        <v>27766</v>
+      </c>
+      <c r="X75" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y75" s="9">
+        <v>1469106</v>
+      </c>
+      <c r="Z75" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26">
+      <c r="A76" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s" s="12">
+        <v>27</v>
+      </c>
+      <c r="C76" s="13">
+        <v>58712916</v>
+      </c>
+      <c r="D76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E76" s="13">
+        <v>3136520577</v>
+      </c>
+      <c r="F76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G76" s="13">
+        <v>1720286</v>
+      </c>
+      <c r="H76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I76" s="13">
+        <v>67719688</v>
+      </c>
+      <c r="J76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K76" s="13">
+        <v>713990</v>
+      </c>
+      <c r="L76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M76" s="13">
+        <v>30102305</v>
+      </c>
+      <c r="N76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O76" s="13">
+        <v>4699764</v>
+      </c>
+      <c r="P76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q76" s="13">
+        <v>205931584</v>
+      </c>
+      <c r="R76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S76" s="13">
+        <v>128635</v>
+      </c>
+      <c r="T76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U76" s="13">
+        <v>12080149</v>
+      </c>
+      <c r="V76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W76" s="13">
+        <v>65975591</v>
+      </c>
+      <c r="X76" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y76" s="13">
+        <v>3452354303</v>
+      </c>
+      <c r="Z76" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26">
+      <c r="A77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B77" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C77" s="8">
+        <v>7941908</v>
+      </c>
+      <c r="D77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E77" s="8">
+        <v>1728135274</v>
+      </c>
+      <c r="F77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G77" s="8">
+        <v>43195</v>
+      </c>
+      <c r="H77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I77" s="8">
+        <v>7211081</v>
+      </c>
+      <c r="J77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K77" s="8">
+        <v>41196</v>
+      </c>
+      <c r="L77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M77" s="8">
+        <v>6047360</v>
+      </c>
+      <c r="N77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O77" s="8">
+        <v>68639</v>
+      </c>
+      <c r="P77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q77" s="8">
+        <v>10991966</v>
+      </c>
+      <c r="R77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S77" s="8">
+        <v>28553</v>
+      </c>
+      <c r="T77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U77" s="8">
+        <v>5744543</v>
+      </c>
+      <c r="V77" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W77" s="9">
+        <v>8123491</v>
+      </c>
+      <c r="X77" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y77" s="9">
+        <v>1758130224</v>
+      </c>
+      <c r="Z77" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26">
+      <c r="A78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B78" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C78" s="8">
+        <v>49091411</v>
+      </c>
+      <c r="D78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E78" s="8">
+        <v>1254748812</v>
+      </c>
+      <c r="F78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G78" s="8">
+        <v>1465916</v>
+      </c>
+      <c r="H78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I78" s="8">
+        <v>53170120</v>
+      </c>
+      <c r="J78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K78" s="8">
+        <v>670966</v>
+      </c>
+      <c r="L78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M78" s="8">
+        <v>23793933</v>
+      </c>
+      <c r="N78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O78" s="8">
+        <v>4523159</v>
+      </c>
+      <c r="P78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q78" s="8">
+        <v>184885964</v>
+      </c>
+      <c r="R78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S78" s="8">
+        <v>82039</v>
+      </c>
+      <c r="T78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U78" s="8">
+        <v>4574173</v>
+      </c>
+      <c r="V78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W78" s="9">
+        <v>55833491</v>
+      </c>
+      <c r="X78" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y78" s="9">
+        <v>1521173002</v>
+      </c>
+      <c r="Z78" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26">
+      <c r="A79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B79" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C79" s="8">
+        <v>3508634</v>
+      </c>
+      <c r="D79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E79" s="8">
+        <v>151831120</v>
+      </c>
+      <c r="F79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G79" s="8">
+        <v>260127</v>
+      </c>
+      <c r="H79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I79" s="8">
+        <v>10207232</v>
+      </c>
+      <c r="J79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K79" s="8">
+        <v>33447</v>
+      </c>
+      <c r="L79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M79" s="8">
+        <v>1614449</v>
+      </c>
+      <c r="N79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O79" s="8">
+        <v>432831</v>
+      </c>
+      <c r="P79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q79" s="8">
+        <v>29059171</v>
+      </c>
+      <c r="R79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S79" s="8">
+        <v>20991</v>
+      </c>
+      <c r="T79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U79" s="8">
+        <v>2268716</v>
+      </c>
+      <c r="V79" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W79" s="9">
+        <v>4256030</v>
+      </c>
+      <c r="X79" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y79" s="9">
+        <v>194980688</v>
+      </c>
+      <c r="Z79" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26">
+      <c r="A80" t="s" s="7">
         <v>35</v>
       </c>
-      <c r="C68" s="13">
-[...73 lines deleted...]
-      <c r="A69" t="s">
+      <c r="B80" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C80" s="8">
+        <v>26643</v>
+      </c>
+      <c r="D80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E80" s="8">
+        <v>1400297</v>
+      </c>
+      <c r="F80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G80" s="8">
+        <v>993</v>
+      </c>
+      <c r="H80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I80" s="8">
+        <v>26007</v>
+      </c>
+      <c r="J80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K80" s="8">
+        <v>1029</v>
+      </c>
+      <c r="L80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M80" s="8">
+        <v>22199</v>
+      </c>
+      <c r="N80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O80" s="8">
+        <v>114</v>
+      </c>
+      <c r="P80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q80" s="8">
+        <v>2983</v>
+      </c>
+      <c r="R80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S80" s="8">
+        <v>1141</v>
+      </c>
+      <c r="T80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U80" s="8">
+        <v>31007</v>
+      </c>
+      <c r="V80" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W80" s="9">
+        <v>29920</v>
+      </c>
+      <c r="X80" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y80" s="9">
+        <v>1482493</v>
+      </c>
+      <c r="Z80" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26">
+      <c r="A81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B81" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="C81" s="8">
+        <v/>
+      </c>
+      <c r="D81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E81" s="8">
+        <v/>
+      </c>
+      <c r="F81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G81" s="8">
+        <v/>
+      </c>
+      <c r="H81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I81" s="8">
+        <v/>
+      </c>
+      <c r="J81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K81" s="8">
+        <v/>
+      </c>
+      <c r="L81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M81" s="8">
+        <v/>
+      </c>
+      <c r="N81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O81" s="8">
+        <v/>
+      </c>
+      <c r="P81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q81" s="8">
+        <v/>
+      </c>
+      <c r="R81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S81" s="8">
+        <v/>
+      </c>
+      <c r="T81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U81" s="8">
+        <v/>
+      </c>
+      <c r="V81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W81" s="9">
+        <v/>
+      </c>
+      <c r="X81" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y81" s="9">
+        <v/>
+      </c>
+      <c r="Z81" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26">
+      <c r="A82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B82" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="C82" s="8">
+        <v>64349</v>
+      </c>
+      <c r="D82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E82" s="8">
+        <v>30468732</v>
+      </c>
+      <c r="F82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G82" s="8">
+        <v>366</v>
+      </c>
+      <c r="H82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I82" s="8">
+        <v>121000</v>
+      </c>
+      <c r="J82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K82" s="8">
+        <v>553</v>
+      </c>
+      <c r="L82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M82" s="8">
+        <v>126904</v>
+      </c>
+      <c r="N82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O82" s="8">
+        <v>1694</v>
+      </c>
+      <c r="P82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q82" s="8">
+        <v>182285</v>
+      </c>
+      <c r="R82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S82" s="8">
+        <v>1009</v>
+      </c>
+      <c r="T82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U82" s="8">
+        <v>312650</v>
+      </c>
+      <c r="V82" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W82" s="9">
+        <v>67971</v>
+      </c>
+      <c r="X82" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y82" s="9">
+        <v>31211571</v>
+      </c>
+      <c r="Z82" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26">
+      <c r="A83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B83" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="C83" s="8">
+        <v>26939</v>
+      </c>
+      <c r="D83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E83" s="8">
+        <v>1437580</v>
+      </c>
+      <c r="F83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G83" s="8">
+        <v>63</v>
+      </c>
+      <c r="H83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I83" s="8">
+        <v>2983</v>
+      </c>
+      <c r="J83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K83" s="8">
+        <v>427</v>
+      </c>
+      <c r="L83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M83" s="8">
+        <v>17571</v>
+      </c>
+      <c r="N83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O83" s="8">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q83" s="8">
+        <v>3650</v>
+      </c>
+      <c r="R83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S83" s="8">
+        <v>584</v>
+      </c>
+      <c r="T83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U83" s="8">
+        <v>16420</v>
+      </c>
+      <c r="V83" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W83" s="9">
+        <v>28033</v>
+      </c>
+      <c r="X83" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y83" s="9">
+        <v>1478204</v>
+      </c>
+      <c r="Z83" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26">
+      <c r="A84" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B84" t="s" s="12">
+        <v>27</v>
+      </c>
+      <c r="C84" s="13">
+        <v>60659884</v>
+      </c>
+      <c r="D84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E84" s="13">
+        <v>3168021815</v>
+      </c>
+      <c r="F84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G84" s="13">
+        <v>1770660</v>
+      </c>
+      <c r="H84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I84" s="13">
+        <v>70738423</v>
+      </c>
+      <c r="J84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K84" s="13">
+        <v>747618</v>
+      </c>
+      <c r="L84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M84" s="13">
+        <v>31622416</v>
+      </c>
+      <c r="N84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O84" s="13">
+        <v>5026457</v>
+      </c>
+      <c r="P84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q84" s="13">
+        <v>225126019</v>
+      </c>
+      <c r="R84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S84" s="13">
+        <v>134317</v>
+      </c>
+      <c r="T84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U84" s="13">
+        <v>12947509</v>
+      </c>
+      <c r="V84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W84" s="13">
+        <v>68338936</v>
+      </c>
+      <c r="X84" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y84" s="13">
+        <v>3508456182</v>
+      </c>
+      <c r="Z84" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26">
+      <c r="A85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B85" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="C85" s="15">
+        <v>70898599</v>
+      </c>
+      <c r="D85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E85" s="15">
+        <v>14488284649</v>
+      </c>
+      <c r="F85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G85" s="15">
+        <v>390883</v>
+      </c>
+      <c r="H85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I85" s="15">
+        <v>65080319</v>
+      </c>
+      <c r="J85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K85" s="15">
+        <v>363492</v>
+      </c>
+      <c r="L85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M85" s="15">
+        <v>51535684</v>
+      </c>
+      <c r="N85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O85" s="15">
+        <v>591722</v>
+      </c>
+      <c r="P85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q85" s="15">
+        <v>92625329</v>
+      </c>
+      <c r="R85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S85" s="15">
+        <v>249410</v>
+      </c>
+      <c r="T85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U85" s="15">
+        <v>48340352</v>
+      </c>
+      <c r="V85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W85" s="15">
+        <v>72494106</v>
+      </c>
+      <c r="X85" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y85" s="15">
+        <v>14745866333</v>
+      </c>
+      <c r="Z85" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26">
+      <c r="A86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B86" t="s" s="14">
+        <v>20</v>
+      </c>
+      <c r="C86" s="15">
+        <v>419521609</v>
+      </c>
+      <c r="D86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10688575922</v>
+      </c>
+      <c r="F86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G86" s="15">
+        <v>12925096</v>
+      </c>
+      <c r="H86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I86" s="15">
+        <v>467998250</v>
+      </c>
+      <c r="J86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K86" s="15">
+        <v>5667367</v>
+      </c>
+      <c r="L86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M86" s="15">
+        <v>197074424</v>
+      </c>
+      <c r="N86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O86" s="15">
+        <v>39202961</v>
+      </c>
+      <c r="P86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q86" s="15">
+        <v>1588633797</v>
+      </c>
+      <c r="R86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S86" s="15">
+        <v>724271</v>
+      </c>
+      <c r="T86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U86" s="15">
+        <v>40142534</v>
+      </c>
+      <c r="V86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W86" s="15">
+        <v>478041304</v>
+      </c>
+      <c r="X86" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y86" s="15">
+        <v>12982424927</v>
+      </c>
+      <c r="Z86" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26">
+      <c r="A87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B87" t="s" s="14">
+        <v>21</v>
+      </c>
+      <c r="C87" s="15">
+        <v>29509487</v>
+      </c>
+      <c r="D87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E87" s="15">
+        <v>1242987266</v>
+      </c>
+      <c r="F87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G87" s="15">
+        <v>2344299</v>
+      </c>
+      <c r="H87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I87" s="15">
+        <v>88094214</v>
+      </c>
+      <c r="J87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K87" s="15">
+        <v>454555</v>
+      </c>
+      <c r="L87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M87" s="15">
+        <v>19786489</v>
+      </c>
+      <c r="N87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O87" s="15">
+        <v>3670727</v>
+      </c>
+      <c r="P87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q87" s="15">
+        <v>238703363</v>
+      </c>
+      <c r="R87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S87" s="15">
+        <v>184598</v>
+      </c>
+      <c r="T87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U87" s="15">
+        <v>19281347</v>
+      </c>
+      <c r="V87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W87" s="15">
+        <v>36163666</v>
+      </c>
+      <c r="X87" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y87" s="15">
+        <v>1608852679</v>
+      </c>
+      <c r="Z87" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26">
+      <c r="A88" t="s" s="7">
         <v>36</v>
+      </c>
+      <c r="B88" t="s" s="14">
+        <v>23</v>
+      </c>
+      <c r="C88" s="15">
+        <v>238874</v>
+      </c>
+      <c r="D88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E88" s="15">
+        <v>11173610</v>
+      </c>
+      <c r="F88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G88" s="15">
+        <v>2116</v>
+      </c>
+      <c r="H88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I88" s="15">
+        <v>52701</v>
+      </c>
+      <c r="J88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K88" s="15">
+        <v>2096</v>
+      </c>
+      <c r="L88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M88" s="15">
+        <v>43936</v>
+      </c>
+      <c r="N88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O88" s="15">
+        <v>305</v>
+      </c>
+      <c r="P88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q88" s="15">
+        <v>8310</v>
+      </c>
+      <c r="R88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S88" s="15">
+        <v>2242</v>
+      </c>
+      <c r="T88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U88" s="15">
+        <v>61379</v>
+      </c>
+      <c r="V88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W88" s="15">
+        <v>245633</v>
+      </c>
+      <c r="X88" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y88" s="15">
+        <v>11339936</v>
+      </c>
+      <c r="Z88" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26">
+      <c r="A89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B89" t="s" s="14">
+        <v>24</v>
+      </c>
+      <c r="C89" s="15">
+        <v/>
+      </c>
+      <c r="D89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E89" s="15">
+        <v/>
+      </c>
+      <c r="F89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G89" s="15">
+        <v/>
+      </c>
+      <c r="H89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I89" s="15">
+        <v/>
+      </c>
+      <c r="J89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K89" s="15">
+        <v/>
+      </c>
+      <c r="L89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M89" s="15">
+        <v/>
+      </c>
+      <c r="N89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O89" s="15">
+        <v/>
+      </c>
+      <c r="P89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q89" s="15">
+        <v/>
+      </c>
+      <c r="R89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S89" s="15">
+        <v/>
+      </c>
+      <c r="T89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U89" s="15">
+        <v/>
+      </c>
+      <c r="V89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W89" s="15">
+        <v/>
+      </c>
+      <c r="X89" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y89" s="15">
+        <v/>
+      </c>
+      <c r="Z89" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26">
+      <c r="A90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B90" t="s" s="14">
+        <v>25</v>
+      </c>
+      <c r="C90" s="15">
+        <v>539739</v>
+      </c>
+      <c r="D90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E90" s="15">
+        <v>233764002</v>
+      </c>
+      <c r="F90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G90" s="15">
+        <v>3626</v>
+      </c>
+      <c r="H90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I90" s="15">
+        <v>1064168</v>
+      </c>
+      <c r="J90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K90" s="15">
+        <v>4718</v>
+      </c>
+      <c r="L90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M90" s="15">
+        <v>1036498</v>
+      </c>
+      <c r="N90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O90" s="15">
+        <v>15187</v>
+      </c>
+      <c r="P90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q90" s="15">
+        <v>1687552</v>
+      </c>
+      <c r="R90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S90" s="15">
+        <v>8924</v>
+      </c>
+      <c r="T90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U90" s="15">
+        <v>2376148</v>
+      </c>
+      <c r="V90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W90" s="15">
+        <v>572194</v>
+      </c>
+      <c r="X90" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y90" s="15">
+        <v>239928368</v>
+      </c>
+      <c r="Z90" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26">
+      <c r="A91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B91" t="s" s="14">
+        <v>26</v>
+      </c>
+      <c r="C91" s="15">
+        <v>224052</v>
+      </c>
+      <c r="D91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E91" s="15">
+        <v>11300738</v>
+      </c>
+      <c r="F91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G91" s="15">
+        <v>523</v>
+      </c>
+      <c r="H91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I91" s="15">
+        <v>40107</v>
+      </c>
+      <c r="J91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K91" s="15">
+        <v>3942</v>
+      </c>
+      <c r="L91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M91" s="15">
+        <v>146995</v>
+      </c>
+      <c r="N91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O91" s="15">
+        <v>154</v>
+      </c>
+      <c r="P91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q91" s="15">
+        <v>27057</v>
+      </c>
+      <c r="R91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S91" s="15">
+        <v>6075</v>
+      </c>
+      <c r="T91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U91" s="15">
+        <v>156693</v>
+      </c>
+      <c r="V91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W91" s="15">
+        <v>234746</v>
+      </c>
+      <c r="X91" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y91" s="15">
+        <v>11671590</v>
+      </c>
+      <c r="Z91" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26">
+      <c r="A92" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B92" t="s" s="12">
+        <v>37</v>
+      </c>
+      <c r="C92" s="13">
+        <v>520932360</v>
+      </c>
+      <c r="D92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E92" s="13">
+        <v>26676086187</v>
+      </c>
+      <c r="F92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G92" s="13">
+        <v>15666543</v>
+      </c>
+      <c r="H92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I92" s="13">
+        <v>622329759</v>
+      </c>
+      <c r="J92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K92" s="13">
+        <v>6496170</v>
+      </c>
+      <c r="L92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M92" s="13">
+        <v>269624026</v>
+      </c>
+      <c r="N92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O92" s="13">
+        <v>43481056</v>
+      </c>
+      <c r="P92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q92" s="13">
+        <v>1921685408</v>
+      </c>
+      <c r="R92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S92" s="13">
+        <v>1175520</v>
+      </c>
+      <c r="T92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U92" s="13">
+        <v>110358453</v>
+      </c>
+      <c r="V92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W92" s="13">
+        <v>587751649</v>
+      </c>
+      <c r="X92" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y92" s="13">
+        <v>29600083833</v>
+      </c>
+      <c r="Z92" t="s" s="12">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="30">
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:Z2"/>
     <mergeCell ref="A3:Z3"/>
     <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:Z6"/>
     <mergeCell ref="A7:Z7"/>
     <mergeCell ref="A8:Z8"/>
     <mergeCell ref="A9:Z9"/>
     <mergeCell ref="A10:Z10"/>
     <mergeCell ref="A11:A12"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="G11:J11"/>
     <mergeCell ref="K11:N11"/>
     <mergeCell ref="O11:R11"/>
     <mergeCell ref="S11:V11"/>
     <mergeCell ref="W11:Z11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:H12"/>